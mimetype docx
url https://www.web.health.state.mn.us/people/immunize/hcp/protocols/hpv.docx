--- v0 (2026-01-02)
+++ v1 (2026-02-24)
@@ -10,51 +10,51 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0B49F088" w14:textId="5CCE6602" w:rsidR="000B3E7D" w:rsidRPr="00AF164C" w:rsidRDefault="006B2E73" w:rsidP="006B2E73">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Human Papillomavirus </w:t>
       </w:r>
       <w:r w:rsidR="0081035C">
         <w:t xml:space="preserve">(HPV) </w:t>
       </w:r>
       <w:r w:rsidR="00E83036">
         <w:t xml:space="preserve">Routine </w:t>
       </w:r>
       <w:r w:rsidR="003B0FF6">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidR="00E83036">
         <w:t xml:space="preserve"> Catch-up </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Vaccine </w:t>
       </w:r>
       <w:r w:rsidR="005B1A82" w:rsidRPr="00AF164C">
         <w:t>Protocol</w:t>
@@ -96,69 +96,61 @@
         </w:rPr>
         <w:t>June 6, 2023</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62AA80CC" w14:textId="66043D3E" w:rsidR="000B3E7D" w:rsidRDefault="000B3E7D" w:rsidP="00926635">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Condition for protocol</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B665273" w14:textId="77777777" w:rsidR="00D074F5" w:rsidRPr="00D074F5" w:rsidRDefault="006B2E73" w:rsidP="00D074F5">
       <w:r w:rsidRPr="00D074F5">
         <w:t>To reduce incidence of morbidity and mortality of cancers and pre-cancers caused by human papillomavirus infection of types 16, 18, 31, 33, 45, 52, and 58; and/or reduction of morbidity of genital warts caused by types 6 and 11.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="473158AD" w14:textId="470B6674" w:rsidR="000B3E7D" w:rsidRDefault="000B3E7D" w:rsidP="000B3E7D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Policy of protocol</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="241CAF98" w14:textId="461BA886" w:rsidR="00D074F5" w:rsidRDefault="006B2E73" w:rsidP="007D53F2">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00D074F5">
+    <w:p w14:paraId="241CAF98" w14:textId="4CA7CE40" w:rsidR="00D074F5" w:rsidRPr="007E0F63" w:rsidRDefault="006B2E73" w:rsidP="007E0F63">
+      <w:r w:rsidRPr="007E0F63">
         <w:t>The nurse will implement this protocol for HPV vaccination.</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="09CEA64F" w14:textId="0CA3D110" w:rsidR="007E0F63" w:rsidRPr="007E0F63" w:rsidRDefault="007E0F63" w:rsidP="007E0F63">
+      <w:bookmarkStart w:id="0" w:name="_Hlk216418560"/>
+      <w:r w:rsidRPr="007E0F63">
+        <w:t>The indications for vaccination are based on recommendations from the American Academy of Pediatrics (AAP) and the American Academy of Family Physicians (AAFP).</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="45F8B0A4" w14:textId="654CA02B" w:rsidR="00F211FD" w:rsidRPr="00F211FD" w:rsidRDefault="00F211FD" w:rsidP="00F211FD">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00F211FD">
         <w:t>Condition-specific criteria and prescribed action</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66CD507C" w14:textId="7713999A" w:rsidR="004061AA" w:rsidRPr="007D53F2" w:rsidRDefault="004061AA" w:rsidP="007D53F2">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D53F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">Delete this </w:t>
       </w:r>
       <w:r w:rsidR="0024538F" w:rsidRPr="007D53F2">
@@ -972,51 +964,51 @@
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DF82693" w14:textId="032AAF10" w:rsidR="00EC59CA" w:rsidRDefault="00EC59CA" w:rsidP="00E04AA3">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Age 9 –14 years at initial vaccination: 2-dose series at 0, 6–12 months (minimum interval: 5 months; repeat dose if administered too soon)</w:t>
       </w:r>
       <w:r w:rsidR="007F5EC5">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="016498D4" w14:textId="071139DE" w:rsidR="00936E3E" w:rsidRDefault="00EC59CA" w:rsidP="00E04AA3">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Age 15 years or older at initial vaccination: </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk131168069"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk131168069"/>
       <w:r>
         <w:t xml:space="preserve">3-dose series at 0, 1–2 months, 6 months </w:t>
       </w:r>
       <w:r w:rsidR="00936E3E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="00936E3E" w:rsidRPr="009F31E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>inimum intervals</w:t>
       </w:r>
       <w:r w:rsidR="00A34061">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00A34061" w:rsidRPr="009F31E0">
@@ -1069,52 +1061,52 @@
       </w:r>
       <w:r w:rsidRPr="009F31E0">
         <w:t xml:space="preserve">ose 2 to dose 3: 12 weeks  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62DA8338" w14:textId="20F577C2" w:rsidR="00EC59CA" w:rsidRPr="004B43F5" w:rsidRDefault="00936E3E" w:rsidP="00E04AA3">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="009F31E0">
         <w:t>ose 1 to dose 3: 5 months</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75B45DA0" w14:textId="64A3A14C" w:rsidR="00C15BB5" w:rsidRDefault="00C15BB5" w:rsidP="00C62E8D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk131166315"/>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk131166315"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="004B43F5">
         <w:t>Shared clinical decision</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="004B43F5">
         <w:t>making</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D06EB96" w14:textId="3F4BDFB8" w:rsidR="009E6F71" w:rsidRDefault="0044130E" w:rsidP="009E6F71">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B43F5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Some adults age 27–45 years: </w:t>
@@ -1195,51 +1187,51 @@
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="001C3EC6" w:rsidRPr="004B43F5">
         <w:t xml:space="preserve">ose 2 to dose 3: 12 weeks  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FB8C0AD" w14:textId="21BE53D9" w:rsidR="00C15BB5" w:rsidRPr="004B43F5" w:rsidRDefault="00936E3E" w:rsidP="00E04AA3">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="001C3EC6" w:rsidRPr="004B43F5">
         <w:t>ose 1 to dose 3: 5 months</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="47F71219" w14:textId="12E4429E" w:rsidR="0015567C" w:rsidRDefault="00CB17E6" w:rsidP="006D4D5C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext/>
       </w:pPr>
       <w:r>
         <w:t>Medical emergency or a</w:t>
       </w:r>
       <w:r w:rsidR="0015567C">
         <w:t>naphylaxis</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C7E18A7" w14:textId="77777777" w:rsidR="005F3404" w:rsidRDefault="001D69F3" w:rsidP="006D4D5C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="59BEB75F">
         <w:t xml:space="preserve">Follow pre-established agency protocol for anaphylaxis. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C84BB20" w14:textId="1C26F137" w:rsidR="005F3404" w:rsidRDefault="00CB17E6" w:rsidP="005F3404">
       <w:pPr>
@@ -1388,282 +1380,282 @@
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C3BED">
         <w:t>Date:</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AA3A38" w:rsidRPr="007D53F2" w:rsidSect="004B43F5">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1008" w:bottom="720" w:left="1008" w:header="432" w:footer="518" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3543ED53" w14:textId="77777777" w:rsidR="00C1259E" w:rsidRDefault="00C1259E" w:rsidP="00D36495">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7D4D558C" w14:textId="77777777" w:rsidR="00C1259E" w:rsidRDefault="00C1259E" w:rsidP="00D36495">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="679D927C" w14:textId="77777777" w:rsidR="00C1259E" w:rsidRDefault="00C1259E">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="&quot;Courier New&quot;">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Code Pro">
     <w:panose1 w:val="020B0509030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="200002F7" w:usb1="02003803" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1416353500"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="7D563BF6" w14:textId="02C22362" w:rsidR="000F7548" w:rsidRDefault="000F7548" w:rsidP="00B45CED">
         <w:pPr>
           <w:pStyle w:val="Header"/>
         </w:pPr>
         <w:r w:rsidRPr="007E537B">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007E537B">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="007E537B">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="006B2EAC">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidRPr="007E537B">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A908BF0" w14:textId="44C33D08" w:rsidR="00B45CED" w:rsidRPr="00EE4C86" w:rsidRDefault="00B45CED" w:rsidP="00EE4C86">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="HeaderChar"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00EE4C86">
       <w:rPr>
         <w:rStyle w:val="HeaderChar"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00EE4C86">
       <w:rPr>
         <w:rStyle w:val="HeaderChar"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00EE4C86">
       <w:rPr>
         <w:rStyle w:val="HeaderChar"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="006B2EAC">
       <w:rPr>
         <w:rStyle w:val="HeaderChar"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00EE4C86">
       <w:rPr>
         <w:rStyle w:val="HeaderChar"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="69412C1E" w14:textId="77777777" w:rsidR="00C1259E" w:rsidRDefault="00C1259E" w:rsidP="00D36495">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1BA04C24" w14:textId="77777777" w:rsidR="00C1259E" w:rsidRDefault="00C1259E" w:rsidP="00D36495">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="6083D77E" w14:textId="77777777" w:rsidR="00C1259E" w:rsidRDefault="00C1259E">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3FDFC49F" w14:textId="40412675" w:rsidR="00782710" w:rsidRPr="007C1645" w:rsidRDefault="00D074F5" w:rsidP="00D074F5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Human Papillomavirus </w:t>
     </w:r>
     <w:r w:rsidR="00184CA6">
       <w:t xml:space="preserve">routine </w:t>
     </w:r>
     <w:r w:rsidR="003B0FF6">
       <w:t>and</w:t>
     </w:r>
     <w:r w:rsidR="00184CA6">
       <w:t xml:space="preserve"> catch-up </w:t>
     </w:r>
     <w:r w:rsidRPr="00AF164C">
       <w:t>Vaccine Protocol</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FE34C2C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber4"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3B129B08"/>
     <w:lvl w:ilvl="0" w:tplc="6B6219CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -3483,51 +3475,51 @@
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="819734435">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1396706773">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="120926085">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1147279893">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1382317815">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="2146581610">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="6"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="B801" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -3891,50 +3883,51 @@
     <w:rsid w:val="001B5891"/>
     <w:rsid w:val="001B5F7A"/>
     <w:rsid w:val="001B60A0"/>
     <w:rsid w:val="001B65B5"/>
     <w:rsid w:val="001B69BB"/>
     <w:rsid w:val="001B6A5E"/>
     <w:rsid w:val="001B6B15"/>
     <w:rsid w:val="001B7401"/>
     <w:rsid w:val="001B7553"/>
     <w:rsid w:val="001C1ACC"/>
     <w:rsid w:val="001C1B83"/>
     <w:rsid w:val="001C250B"/>
     <w:rsid w:val="001C29D8"/>
     <w:rsid w:val="001C3CC2"/>
     <w:rsid w:val="001C3EC6"/>
     <w:rsid w:val="001C477F"/>
     <w:rsid w:val="001C5000"/>
     <w:rsid w:val="001C5446"/>
     <w:rsid w:val="001C57DD"/>
     <w:rsid w:val="001C5B31"/>
     <w:rsid w:val="001C656D"/>
     <w:rsid w:val="001C661B"/>
     <w:rsid w:val="001C695F"/>
     <w:rsid w:val="001C6D39"/>
     <w:rsid w:val="001D03CD"/>
+    <w:rsid w:val="001D0532"/>
     <w:rsid w:val="001D08A4"/>
     <w:rsid w:val="001D16E6"/>
     <w:rsid w:val="001D295F"/>
     <w:rsid w:val="001D2FA5"/>
     <w:rsid w:val="001D36AD"/>
     <w:rsid w:val="001D3C8B"/>
     <w:rsid w:val="001D421C"/>
     <w:rsid w:val="001D4322"/>
     <w:rsid w:val="001D4622"/>
     <w:rsid w:val="001D4704"/>
     <w:rsid w:val="001D4A05"/>
     <w:rsid w:val="001D4D3E"/>
     <w:rsid w:val="001D51E2"/>
     <w:rsid w:val="001D67E7"/>
     <w:rsid w:val="001D69F3"/>
     <w:rsid w:val="001D6F29"/>
     <w:rsid w:val="001D710B"/>
     <w:rsid w:val="001D73AC"/>
     <w:rsid w:val="001D77C5"/>
     <w:rsid w:val="001D78DE"/>
     <w:rsid w:val="001D7B0E"/>
     <w:rsid w:val="001D7B19"/>
     <w:rsid w:val="001E04A6"/>
     <w:rsid w:val="001E09D6"/>
     <w:rsid w:val="001E09DA"/>
@@ -5246,50 +5239,51 @@
     <w:rsid w:val="007C1822"/>
     <w:rsid w:val="007C1C5F"/>
     <w:rsid w:val="007C3590"/>
     <w:rsid w:val="007C3D9D"/>
     <w:rsid w:val="007C4115"/>
     <w:rsid w:val="007C4F3C"/>
     <w:rsid w:val="007C6FBB"/>
     <w:rsid w:val="007C6FF4"/>
     <w:rsid w:val="007C7265"/>
     <w:rsid w:val="007D0557"/>
     <w:rsid w:val="007D22EE"/>
     <w:rsid w:val="007D287C"/>
     <w:rsid w:val="007D39AC"/>
     <w:rsid w:val="007D3C00"/>
     <w:rsid w:val="007D4313"/>
     <w:rsid w:val="007D4B94"/>
     <w:rsid w:val="007D53D3"/>
     <w:rsid w:val="007D53F2"/>
     <w:rsid w:val="007D557D"/>
     <w:rsid w:val="007D558B"/>
     <w:rsid w:val="007D5A95"/>
     <w:rsid w:val="007D78E0"/>
     <w:rsid w:val="007D7A76"/>
     <w:rsid w:val="007D7F28"/>
     <w:rsid w:val="007E0AF1"/>
+    <w:rsid w:val="007E0F63"/>
     <w:rsid w:val="007E1511"/>
     <w:rsid w:val="007E1694"/>
     <w:rsid w:val="007E1A42"/>
     <w:rsid w:val="007E21C0"/>
     <w:rsid w:val="007E3D9A"/>
     <w:rsid w:val="007E5327"/>
     <w:rsid w:val="007E537B"/>
     <w:rsid w:val="007E63EA"/>
     <w:rsid w:val="007E643C"/>
     <w:rsid w:val="007E6E31"/>
     <w:rsid w:val="007F0190"/>
     <w:rsid w:val="007F0B18"/>
     <w:rsid w:val="007F1103"/>
     <w:rsid w:val="007F14C2"/>
     <w:rsid w:val="007F38B8"/>
     <w:rsid w:val="007F3CA5"/>
     <w:rsid w:val="007F5EC5"/>
     <w:rsid w:val="007F6061"/>
     <w:rsid w:val="007F67B0"/>
     <w:rsid w:val="007F69C5"/>
     <w:rsid w:val="007F7E22"/>
     <w:rsid w:val="008000A6"/>
     <w:rsid w:val="00800EB3"/>
     <w:rsid w:val="008017A8"/>
     <w:rsid w:val="00801C81"/>
@@ -6905,50 +6899,51 @@
     <w:rsid w:val="00F6511E"/>
     <w:rsid w:val="00F651BB"/>
     <w:rsid w:val="00F65C46"/>
     <w:rsid w:val="00F66B29"/>
     <w:rsid w:val="00F676A0"/>
     <w:rsid w:val="00F70B12"/>
     <w:rsid w:val="00F714A9"/>
     <w:rsid w:val="00F71F8F"/>
     <w:rsid w:val="00F736A6"/>
     <w:rsid w:val="00F74A5B"/>
     <w:rsid w:val="00F75310"/>
     <w:rsid w:val="00F8062C"/>
     <w:rsid w:val="00F83A87"/>
     <w:rsid w:val="00F83AA6"/>
     <w:rsid w:val="00F85592"/>
     <w:rsid w:val="00F85BC7"/>
     <w:rsid w:val="00F86750"/>
     <w:rsid w:val="00F86906"/>
     <w:rsid w:val="00F86C7C"/>
     <w:rsid w:val="00F900B5"/>
     <w:rsid w:val="00F91609"/>
     <w:rsid w:val="00F91BC1"/>
     <w:rsid w:val="00F92012"/>
     <w:rsid w:val="00F920A7"/>
     <w:rsid w:val="00F923C3"/>
+    <w:rsid w:val="00F92852"/>
     <w:rsid w:val="00F92EF7"/>
     <w:rsid w:val="00F9300D"/>
     <w:rsid w:val="00F958C7"/>
     <w:rsid w:val="00F964A9"/>
     <w:rsid w:val="00F96FF5"/>
     <w:rsid w:val="00F9713D"/>
     <w:rsid w:val="00F976B7"/>
     <w:rsid w:val="00FA0363"/>
     <w:rsid w:val="00FA1712"/>
     <w:rsid w:val="00FA272B"/>
     <w:rsid w:val="00FA2A28"/>
     <w:rsid w:val="00FA2D61"/>
     <w:rsid w:val="00FA3710"/>
     <w:rsid w:val="00FA3AE0"/>
     <w:rsid w:val="00FA45D6"/>
     <w:rsid w:val="00FA4AF8"/>
     <w:rsid w:val="00FA6D1D"/>
     <w:rsid w:val="00FB009E"/>
     <w:rsid w:val="00FB035A"/>
     <w:rsid w:val="00FB0AB5"/>
     <w:rsid w:val="00FB12EA"/>
     <w:rsid w:val="00FB135F"/>
     <w:rsid w:val="00FB235F"/>
     <w:rsid w:val="00FB3FDE"/>
     <w:rsid w:val="00FB45D9"/>
@@ -7118,51 +7113,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="79D26192"/>
   <w15:docId w15:val="{C1DB3985-265C-45A1-862D-0F4A2FC738BB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:before="60" w:after="60"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="4" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
@@ -7717,51 +7712,50 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00E12269"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:ind w:left="432"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0070C0"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -8990,51 +8984,51 @@
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F86906"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F86906"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="93793416">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1390153509">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -9097,90 +9091,116 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="314458856">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="422149623">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="474376536">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="562833261">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="592589799">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="626550213">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="697851008">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="882014801">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -9584,93 +9604,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Integral" id="{3577F8C9-A904-41D8-97D2-FD898F53F20E}" vid="{682D6EBE-8D36-4FF2-9DB3-F3D8D7B6715D}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...41 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D2DDCC8B83AF824A9F5AA360F7EC6EF6" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5535306bba79b1ad03d2841a03f34baf">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fff41837-5838-4dec-ad5d-0fd8d2f05163" xmlns:ns3="95469566-ff15-40dd-a806-b3ff38c3d566" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d813c288d8aa3829b1db0c20051b8987" ns2:_="" ns3:_="">
     <xsd:import namespace="fff41837-5838-4dec-ad5d-0fd8d2f05163"/>
     <xsd:import namespace="95469566-ff15-40dd-a806-b3ff38c3d566"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -9855,138 +9832,181 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6">
+  <b:Source>
+    <b:Tag>Joh37</b:Tag>
+    <b:SourceType>Book</b:SourceType>
+    <b:Guid>{D5B2C56B-24A4-4208-9B6D-27D761A1D275}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:NameList>
+          <b:Person>
+            <b:Last>Steinbeck</b:Last>
+            <b:First>John</b:First>
+          </b:Person>
+        </b:NameList>
+      </b:Author>
+    </b:Author>
+    <b:Title>Of Mice and Men</b:Title>
+    <b:Year>1937</b:Year>
+    <b:RefOrder>1</b:RefOrder>
+  </b:Source>
+</b:Sources>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="95469566-ff15-40dd-a806-b3ff38c3d566" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="fff41837-5838-4dec-ad5d-0fd8d2f05163">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1F32A95C-5C2B-4B92-8A31-305A9A0CB9A5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="fff41837-5838-4dec-ad5d-0fd8d2f05163"/>
     <ds:schemaRef ds:uri="95469566-ff15-40dd-a806-b3ff38c3d566"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{626E2921-4307-4585-9C52-2146A984A1D0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD5DBE89-F6FE-41AE-8ABD-28ABBDE6506C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57BF5A84-D146-4B84-B77D-38529A5E057B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="95469566-ff15-40dd-a806-b3ff38c3d566"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="fff41837-5838-4dec-ad5d-0fd8d2f05163"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{eb14b046-24c4-4519-8f26-b89c2159828c}" enabled="0" method="" siteId="{eb14b046-24c4-4519-8f26-b89c2159828c}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Basic MDH Document</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>774</Words>
-  <Characters>4094</Characters>
+  <Words>797</Words>
+  <Characters>4231</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Human Papillomavirus Vaccine Protocol</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Minnesota</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4859</CharactersWithSpaces>
+  <CharactersWithSpaces>5018</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Human Papillomavirus (HPV) Routine and Catch-up Vaccine Protocol</dc:title>
   <dc:subject>Human Papillomavirus (HPV) Routine and Catch-up Vaccine Protocol</dc:subject>
   <dc:creator>Minnesota Dept. of Health</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100D2DDCC8B83AF824A9F5AA360F7EC6EF6</vt:lpwstr>