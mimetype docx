--- v0 (2025-12-13)
+++ v1 (2026-02-13)
@@ -1,53 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="74039B9B" w14:textId="77777777" w:rsidR="005B0530" w:rsidRPr="001143C4" w:rsidRDefault="005B0530" w:rsidP="005B0530">
       <w:pPr>
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001143C4">
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>[Dates, names, and other information should be changed to reflect your agency’s submission. Replace “Agency” with “Department/Board/Bureau/Commission” as applicable.]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FA4DFA4" w14:textId="77777777" w:rsidR="005B0530" w:rsidRPr="005B0530" w:rsidRDefault="005B0530" w:rsidP="005B0530">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="005B0530">
         <w:t>[Proposed] Order Adopting Rules</w:t>
       </w:r>
@@ -145,266 +146,167 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="008B72DE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>umber [number]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71508FDE" w14:textId="77777777" w:rsidR="005B0530" w:rsidRPr="008B72DE" w:rsidRDefault="005B0530" w:rsidP="005B0530">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="008B72DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>BACKGROUND INFORMATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69272957" w14:textId="3B1840CE" w:rsidR="005B0530" w:rsidRDefault="005B0530" w:rsidP="005B0530">
+    <w:p w14:paraId="69272957" w14:textId="3B1840CE" w:rsidR="005B0530" w:rsidRDefault="005B0530" w:rsidP="00885994">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="360"/>
       </w:pPr>
       <w:r w:rsidRPr="005B0530">
         <w:t>The [</w:t>
       </w:r>
       <w:r>
         <w:t>Agency Name</w:t>
       </w:r>
       <w:r w:rsidRPr="005B0530">
         <w:t xml:space="preserve">] has complied with all notice and procedural requirements in Minnesota Statutes, chapter 14, Minnesota Rules, chapter 1400, and other applicable law. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="567A2EFA" w14:textId="588D6D56" w:rsidR="005B0530" w:rsidRDefault="005B0530" w:rsidP="005B0530">
+    <w:p w14:paraId="567A2EFA" w14:textId="588D6D56" w:rsidR="005B0530" w:rsidRDefault="005B0530" w:rsidP="00885994">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="360"/>
       </w:pPr>
       <w:r w:rsidRPr="005B0530">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="004C690D">
         <w:t>Court of Administrative</w:t>
       </w:r>
       <w:r w:rsidRPr="005B0530">
         <w:t xml:space="preserve"> Hearings received [#] written comment on the rules.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E0AB81D" w14:textId="77777777" w:rsidR="005B0530" w:rsidRDefault="005B0530" w:rsidP="005B0530">
+    <w:p w14:paraId="7E0AB81D" w14:textId="53E6315D" w:rsidR="005B0530" w:rsidRDefault="00BF3EB6" w:rsidP="00885994">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
-        <w:tabs>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="005B0530">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">[If applicable] </w:t>
+      </w:r>
+      <w:r w:rsidR="005B0530" w:rsidRPr="005B0530">
         <w:t>By Laws of Minnesota [year], chapter [#], article [#], sections [#] and [#], the Minnesota Legislature requires the commissioner of [Department] to make the following rule changes:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38F67F92" w14:textId="77777777" w:rsidR="005B0530" w:rsidRPr="0081282C" w:rsidRDefault="005B0530" w:rsidP="005B0530">
-[...32 lines deleted...]
-        <w:t>, as follows:</w:t>
+    <w:p w14:paraId="38E1A095" w14:textId="2A273183" w:rsidR="00436663" w:rsidRDefault="00436663" w:rsidP="00436663">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>[Describe or outline changes]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6388E1B3" w14:textId="77777777" w:rsidR="005B0530" w:rsidRPr="0081282C" w:rsidRDefault="005B0530" w:rsidP="005B0530">
-[...12 lines deleted...]
-        <w:t xml:space="preserve">(1) delete [“whatever”] and insert ["replacement text"]; and </w:t>
+    <w:p w14:paraId="4DED1440" w14:textId="1D04690A" w:rsidR="005B0530" w:rsidRDefault="00436663" w:rsidP="00885994">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">[If applicable] </w:t>
+      </w:r>
+      <w:r w:rsidR="005B0530" w:rsidRPr="0081282C">
+        <w:t>The use of the [good cause] exempt rulemaking process for these rules is authorized by Laws of Minnesota [year], chapter [#], article [#], sections [#] and [#]. According to Minnesota Statutes, section [14.386] [14.388, subdivision 1, clause (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C05076">
+        <w:t>#</w:t>
+      </w:r>
+      <w:r w:rsidR="005B0530" w:rsidRPr="0081282C">
+        <w:t>) [good cause]], these changes incorporate specific changes stated in applicable statutes that require no interpretation of law.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15476BD1" w14:textId="77777777" w:rsidR="005B0530" w:rsidRPr="0081282C" w:rsidRDefault="005B0530" w:rsidP="005B0530">
-[...12 lines deleted...]
-        <w:t xml:space="preserve">(2) insert [a new item that reads]: </w:t>
+    <w:p w14:paraId="6C22F7B4" w14:textId="5B6E6A2B" w:rsidR="00C05076" w:rsidRDefault="00D22A00" w:rsidP="00885994">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+      </w:pPr>
+      <w:r>
+        <w:t>[For exempt or expedited permanent rules, include the following with a separate numbered paragraph for each applicable statutory authority.] Minnesota Statutes, section [#], directs the commissioner to]</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF41E1">
+        <w:t xml:space="preserve"> [provides that the commissioner may] [describe authority].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FFFF7F5" w14:textId="77777777" w:rsidR="005B0530" w:rsidRPr="0081282C" w:rsidRDefault="005B0530" w:rsidP="005B0530">
-[...12 lines deleted...]
-        <w:t>["text”]; [etc. through all changes]</w:t>
+    <w:p w14:paraId="361B6CAA" w14:textId="60A5148C" w:rsidR="00EF41E1" w:rsidRDefault="004D5AB7" w:rsidP="00885994">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
+      </w:pPr>
+      <w:r>
+        <w:t>[For exempt or expedited permanent rules, include the following with a separate numbered paragraph for each rule part.] The amendments to [describe the rule change and why it is necessary and reasonable.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49D85356" w14:textId="77777777" w:rsidR="005B0530" w:rsidRPr="0081282C" w:rsidRDefault="005B0530" w:rsidP="005B0530">
-[...35 lines deleted...]
-    <w:p w14:paraId="4DED1440" w14:textId="77777777" w:rsidR="005B0530" w:rsidRDefault="005B0530" w:rsidP="005B0530">
+    <w:p w14:paraId="124DB95E" w14:textId="48D27C08" w:rsidR="005B0530" w:rsidRDefault="005B0530" w:rsidP="00885994">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
-        <w:tabs>
-[...14 lines deleted...]
-        <w:ind w:left="0" w:firstLine="360"/>
       </w:pPr>
       <w:r w:rsidRPr="0081282C">
         <w:t>The rules are needed and reasonable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7417F942" w14:textId="77777777" w:rsidR="005B0530" w:rsidRPr="008B72DE" w:rsidRDefault="005B0530" w:rsidP="005B0530">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B72DE">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ORDER</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BA68206" w14:textId="45F4672D" w:rsidR="005B0530" w:rsidRPr="005B0530" w:rsidRDefault="005B0530" w:rsidP="005B0530">
-[...3 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="5174CA4F" w14:textId="08CE5473" w:rsidR="0069435E" w:rsidRDefault="0069435E" w:rsidP="0069435E">
       <w:r>
-        <w:t>Agency Name</w:t>
+        <w:t xml:space="preserve">The above-named rules </w:t>
       </w:r>
       <w:r w:rsidRPr="005B0530">
-        <w:t>] governing [topic] in the form set out in the Revisor’s draft, file number [#] dated [date], are adopted under my authority in Laws of Minnesota Laws of Minnesota [year], chapter [#], article [#], sections [#] and [#].</w:t>
+        <w:t>in the form set out in the Revisor’s draft, file number [#] dated [date], are adopted under my authority in Laws of Minnesota Laws of Minnesota [year], chapter [#], article [#], sections [#] and [#].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60AA9D42" w14:textId="77777777" w:rsidR="001143C4" w:rsidRDefault="001143C4" w:rsidP="001143C4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:spacing w:before="720"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:sectPr w:rsidR="001143C4" w:rsidSect="0044664E">
           <w:footerReference w:type="first" r:id="rId11"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="0" w:footer="504" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44944D93" w14:textId="77777777" w:rsidR="001143C4" w:rsidRDefault="001143C4" w:rsidP="001143C4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3600"/>
@@ -450,58 +352,58 @@
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:t>[Name]</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>[Commissioner/Director]</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="005B0530" w:rsidRPr="001143C4" w:rsidSect="001143C4">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="0" w:footer="504" w:gutter="0"/>
       <w:cols w:num="2" w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67F0DF42" w14:textId="77777777" w:rsidR="005B0530" w:rsidRDefault="005B0530" w:rsidP="00D91FF4">
+    <w:p w14:paraId="256F0729" w14:textId="77777777" w:rsidR="00950812" w:rsidRDefault="00950812" w:rsidP="00D91FF4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29778776" w14:textId="77777777" w:rsidR="005B0530" w:rsidRDefault="005B0530" w:rsidP="00D91FF4">
+    <w:p w14:paraId="53FEB24D" w14:textId="77777777" w:rsidR="00950812" w:rsidRDefault="00950812" w:rsidP="00D91FF4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -517,141 +419,133 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...6 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0429F5F9" w14:textId="77777777" w:rsidR="00AD39DA" w:rsidRPr="00B437C8" w:rsidRDefault="00B437C8" w:rsidP="00B437C8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t>Document Name</w:t>
     </w:r>
     <w:r w:rsidRPr="00AF5107">
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00AF5107">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00AF5107">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00AF5107">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00AF5107">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7DAB2071" w14:textId="77777777" w:rsidR="005B0530" w:rsidRDefault="005B0530" w:rsidP="00D91FF4">
+    <w:p w14:paraId="5700F862" w14:textId="77777777" w:rsidR="00950812" w:rsidRDefault="00950812" w:rsidP="00D91FF4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4863E2AC" w14:textId="77777777" w:rsidR="005B0530" w:rsidRDefault="005B0530" w:rsidP="00D91FF4">
+    <w:p w14:paraId="191B800E" w14:textId="77777777" w:rsidR="00950812" w:rsidRDefault="00950812" w:rsidP="00D91FF4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1198" type="#_x0000_t75" style="width:12.9pt;height:24.7pt" o:bullet="t">
+      <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:12.6pt;height:24.6pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="Art_Bullet_Green-Svc-Descr"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="467A236E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="85044896"/>
@@ -3017,374 +2911,394 @@
   </w:num>
   <w:num w:numId="33" w16cid:durableId="2110345874">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="385034183">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1083719849">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="479157406">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1244147104">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="707997659">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5121"/>
+    <o:shapedefaults v:ext="edit" spidmax="3073"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B0530"/>
     <w:rsid w:val="00002DEC"/>
     <w:rsid w:val="000065AC"/>
     <w:rsid w:val="00006A0A"/>
     <w:rsid w:val="00021F9D"/>
     <w:rsid w:val="00040C79"/>
     <w:rsid w:val="00064B90"/>
     <w:rsid w:val="000722DA"/>
     <w:rsid w:val="0007374A"/>
     <w:rsid w:val="00077A06"/>
     <w:rsid w:val="00080404"/>
     <w:rsid w:val="00081B62"/>
     <w:rsid w:val="00084742"/>
     <w:rsid w:val="000B0A75"/>
     <w:rsid w:val="000B2E68"/>
     <w:rsid w:val="000C3708"/>
     <w:rsid w:val="000C3761"/>
     <w:rsid w:val="000C7373"/>
+    <w:rsid w:val="000D2F21"/>
     <w:rsid w:val="000E313B"/>
     <w:rsid w:val="000E3E9D"/>
     <w:rsid w:val="000F4BB1"/>
     <w:rsid w:val="001143C4"/>
     <w:rsid w:val="00135082"/>
     <w:rsid w:val="00135DC7"/>
     <w:rsid w:val="00147ED1"/>
     <w:rsid w:val="001500D6"/>
     <w:rsid w:val="00157C41"/>
     <w:rsid w:val="0016451B"/>
     <w:rsid w:val="001661D9"/>
     <w:rsid w:val="001708EC"/>
     <w:rsid w:val="001925A8"/>
     <w:rsid w:val="00195B88"/>
     <w:rsid w:val="0019673D"/>
     <w:rsid w:val="00197518"/>
     <w:rsid w:val="00197F44"/>
     <w:rsid w:val="001A46BB"/>
     <w:rsid w:val="001B6FD0"/>
     <w:rsid w:val="001B7D48"/>
     <w:rsid w:val="001C3208"/>
     <w:rsid w:val="001C55E0"/>
     <w:rsid w:val="001E5573"/>
     <w:rsid w:val="001E5ECF"/>
     <w:rsid w:val="00211CA3"/>
     <w:rsid w:val="00222A49"/>
     <w:rsid w:val="0022552E"/>
     <w:rsid w:val="00227E68"/>
     <w:rsid w:val="00231CE0"/>
     <w:rsid w:val="00232F7C"/>
     <w:rsid w:val="00236CB0"/>
+    <w:rsid w:val="002445E3"/>
     <w:rsid w:val="00261247"/>
     <w:rsid w:val="00264652"/>
     <w:rsid w:val="0026674F"/>
     <w:rsid w:val="00280071"/>
     <w:rsid w:val="00282084"/>
     <w:rsid w:val="00291052"/>
     <w:rsid w:val="002A12EA"/>
     <w:rsid w:val="002B2AC5"/>
     <w:rsid w:val="002B57CC"/>
     <w:rsid w:val="002B5E79"/>
     <w:rsid w:val="002C0859"/>
     <w:rsid w:val="002C4D0D"/>
     <w:rsid w:val="002E7098"/>
     <w:rsid w:val="002F1947"/>
     <w:rsid w:val="00306D94"/>
     <w:rsid w:val="003125DF"/>
     <w:rsid w:val="00323357"/>
     <w:rsid w:val="003306BB"/>
     <w:rsid w:val="00330A0B"/>
+    <w:rsid w:val="00331523"/>
     <w:rsid w:val="00335736"/>
+    <w:rsid w:val="00336DF7"/>
     <w:rsid w:val="003563D2"/>
     <w:rsid w:val="00376FA5"/>
     <w:rsid w:val="003A1479"/>
     <w:rsid w:val="003A1813"/>
     <w:rsid w:val="003B7D82"/>
     <w:rsid w:val="003C4644"/>
     <w:rsid w:val="003C5BE3"/>
     <w:rsid w:val="003D1397"/>
     <w:rsid w:val="00413A7C"/>
     <w:rsid w:val="004141DD"/>
+    <w:rsid w:val="00436663"/>
     <w:rsid w:val="00443DC4"/>
     <w:rsid w:val="0044664E"/>
     <w:rsid w:val="00461804"/>
     <w:rsid w:val="004643F7"/>
     <w:rsid w:val="00466810"/>
     <w:rsid w:val="0047706A"/>
     <w:rsid w:val="004816B5"/>
     <w:rsid w:val="00483DD2"/>
     <w:rsid w:val="00487DEE"/>
     <w:rsid w:val="00494E6F"/>
     <w:rsid w:val="004A1B4D"/>
     <w:rsid w:val="004A58DD"/>
     <w:rsid w:val="004A6119"/>
     <w:rsid w:val="004B47DC"/>
     <w:rsid w:val="004C690D"/>
+    <w:rsid w:val="004D5AB7"/>
     <w:rsid w:val="004E3DF6"/>
     <w:rsid w:val="004E75B3"/>
     <w:rsid w:val="004F04BA"/>
     <w:rsid w:val="004F0EFF"/>
     <w:rsid w:val="0050093F"/>
     <w:rsid w:val="00514788"/>
     <w:rsid w:val="0054371B"/>
     <w:rsid w:val="0056615E"/>
     <w:rsid w:val="005666F2"/>
     <w:rsid w:val="0057515F"/>
     <w:rsid w:val="0058227B"/>
     <w:rsid w:val="005B0530"/>
     <w:rsid w:val="005B2DDF"/>
     <w:rsid w:val="005B4AE7"/>
     <w:rsid w:val="005B53B0"/>
     <w:rsid w:val="005C16D8"/>
     <w:rsid w:val="005D4207"/>
     <w:rsid w:val="005D4525"/>
     <w:rsid w:val="005D45B3"/>
     <w:rsid w:val="005E3FC1"/>
     <w:rsid w:val="005F6005"/>
     <w:rsid w:val="00601B3F"/>
     <w:rsid w:val="006064AB"/>
     <w:rsid w:val="00621BD2"/>
     <w:rsid w:val="00622BB5"/>
     <w:rsid w:val="00652D74"/>
     <w:rsid w:val="00655345"/>
     <w:rsid w:val="0065683E"/>
     <w:rsid w:val="006575CB"/>
     <w:rsid w:val="00672536"/>
     <w:rsid w:val="00681EDC"/>
     <w:rsid w:val="00683D66"/>
     <w:rsid w:val="0068649F"/>
     <w:rsid w:val="00687189"/>
+    <w:rsid w:val="0069435E"/>
     <w:rsid w:val="00697CCC"/>
     <w:rsid w:val="006A5ABF"/>
     <w:rsid w:val="006B13B7"/>
     <w:rsid w:val="006B2942"/>
     <w:rsid w:val="006B3994"/>
     <w:rsid w:val="006C0E45"/>
     <w:rsid w:val="006D4829"/>
     <w:rsid w:val="006E18EC"/>
     <w:rsid w:val="006F3B38"/>
     <w:rsid w:val="007137A4"/>
     <w:rsid w:val="0074778B"/>
     <w:rsid w:val="0077225E"/>
     <w:rsid w:val="007773CB"/>
     <w:rsid w:val="007857F7"/>
     <w:rsid w:val="00793F48"/>
     <w:rsid w:val="007B35B2"/>
     <w:rsid w:val="007D1FFF"/>
     <w:rsid w:val="007D42A0"/>
     <w:rsid w:val="007E685C"/>
     <w:rsid w:val="007F6108"/>
     <w:rsid w:val="007F7097"/>
     <w:rsid w:val="008005B4"/>
     <w:rsid w:val="00805DFF"/>
     <w:rsid w:val="00806678"/>
     <w:rsid w:val="008067A6"/>
     <w:rsid w:val="008140CC"/>
     <w:rsid w:val="008251B3"/>
     <w:rsid w:val="00844F1D"/>
     <w:rsid w:val="0084749F"/>
     <w:rsid w:val="00864202"/>
+    <w:rsid w:val="00885994"/>
     <w:rsid w:val="008B5443"/>
     <w:rsid w:val="008B7A1E"/>
     <w:rsid w:val="008C7EEB"/>
     <w:rsid w:val="008D0DEF"/>
     <w:rsid w:val="008D2256"/>
     <w:rsid w:val="008D5E3D"/>
     <w:rsid w:val="008E09D4"/>
     <w:rsid w:val="008F7133"/>
     <w:rsid w:val="00905BC6"/>
     <w:rsid w:val="0090737A"/>
     <w:rsid w:val="0094786F"/>
+    <w:rsid w:val="00950812"/>
     <w:rsid w:val="0096108C"/>
     <w:rsid w:val="00963BA0"/>
     <w:rsid w:val="00967764"/>
     <w:rsid w:val="009810EE"/>
     <w:rsid w:val="009837DB"/>
     <w:rsid w:val="00984CC9"/>
     <w:rsid w:val="00990E51"/>
     <w:rsid w:val="0099233F"/>
     <w:rsid w:val="009B54A0"/>
     <w:rsid w:val="009C482C"/>
     <w:rsid w:val="009C6405"/>
     <w:rsid w:val="009D0720"/>
     <w:rsid w:val="009F6B2C"/>
     <w:rsid w:val="00A30799"/>
     <w:rsid w:val="00A476C1"/>
     <w:rsid w:val="00A57FE8"/>
     <w:rsid w:val="00A64ECE"/>
     <w:rsid w:val="00A66185"/>
     <w:rsid w:val="00A71CAD"/>
     <w:rsid w:val="00A731A2"/>
     <w:rsid w:val="00A827B0"/>
     <w:rsid w:val="00A827C1"/>
     <w:rsid w:val="00A835DA"/>
     <w:rsid w:val="00A92AFF"/>
     <w:rsid w:val="00A93F40"/>
     <w:rsid w:val="00A96F93"/>
     <w:rsid w:val="00AB1F46"/>
     <w:rsid w:val="00AB65FF"/>
     <w:rsid w:val="00AD122F"/>
     <w:rsid w:val="00AD39DA"/>
     <w:rsid w:val="00AD5DFE"/>
     <w:rsid w:val="00AE5772"/>
     <w:rsid w:val="00AF22AD"/>
     <w:rsid w:val="00AF5107"/>
     <w:rsid w:val="00B06264"/>
     <w:rsid w:val="00B07C8F"/>
     <w:rsid w:val="00B275D4"/>
     <w:rsid w:val="00B437C8"/>
     <w:rsid w:val="00B75051"/>
     <w:rsid w:val="00B77CC5"/>
     <w:rsid w:val="00B859DE"/>
+    <w:rsid w:val="00B92FCE"/>
+    <w:rsid w:val="00BA73CC"/>
+    <w:rsid w:val="00BC0C7E"/>
     <w:rsid w:val="00BD0E59"/>
     <w:rsid w:val="00BE0288"/>
     <w:rsid w:val="00BE3444"/>
+    <w:rsid w:val="00BF3EB6"/>
+    <w:rsid w:val="00C05076"/>
     <w:rsid w:val="00C05A8E"/>
     <w:rsid w:val="00C12D2F"/>
     <w:rsid w:val="00C277A8"/>
     <w:rsid w:val="00C309AE"/>
     <w:rsid w:val="00C365CE"/>
     <w:rsid w:val="00C417EB"/>
     <w:rsid w:val="00C528AE"/>
     <w:rsid w:val="00C90830"/>
     <w:rsid w:val="00CA5D23"/>
+    <w:rsid w:val="00CD6AAA"/>
     <w:rsid w:val="00CE0FEE"/>
     <w:rsid w:val="00CE45B0"/>
+    <w:rsid w:val="00CE6AA9"/>
     <w:rsid w:val="00CF1393"/>
     <w:rsid w:val="00CF4F3A"/>
     <w:rsid w:val="00D0014D"/>
+    <w:rsid w:val="00D07B2B"/>
     <w:rsid w:val="00D22819"/>
+    <w:rsid w:val="00D22A00"/>
     <w:rsid w:val="00D33929"/>
     <w:rsid w:val="00D511F0"/>
     <w:rsid w:val="00D54EE5"/>
     <w:rsid w:val="00D63F82"/>
     <w:rsid w:val="00D640FC"/>
     <w:rsid w:val="00D70F7D"/>
     <w:rsid w:val="00D761F7"/>
     <w:rsid w:val="00D91FF4"/>
     <w:rsid w:val="00D92929"/>
     <w:rsid w:val="00D93C2E"/>
     <w:rsid w:val="00D970A5"/>
     <w:rsid w:val="00DB4967"/>
     <w:rsid w:val="00DC1A1C"/>
     <w:rsid w:val="00DC22CF"/>
     <w:rsid w:val="00DD3F98"/>
     <w:rsid w:val="00DE50CB"/>
     <w:rsid w:val="00E206AE"/>
     <w:rsid w:val="00E20F02"/>
     <w:rsid w:val="00E229C1"/>
     <w:rsid w:val="00E23397"/>
     <w:rsid w:val="00E32CD7"/>
     <w:rsid w:val="00E37DF5"/>
     <w:rsid w:val="00E44EE1"/>
     <w:rsid w:val="00E5241D"/>
     <w:rsid w:val="00E55EE8"/>
     <w:rsid w:val="00E5680C"/>
     <w:rsid w:val="00E61A16"/>
     <w:rsid w:val="00E70A8C"/>
     <w:rsid w:val="00E7358D"/>
     <w:rsid w:val="00E76267"/>
     <w:rsid w:val="00EA535B"/>
     <w:rsid w:val="00EC579D"/>
     <w:rsid w:val="00ED5BDC"/>
     <w:rsid w:val="00ED7DAC"/>
+    <w:rsid w:val="00EE31F2"/>
+    <w:rsid w:val="00EF41E1"/>
     <w:rsid w:val="00F067A6"/>
     <w:rsid w:val="00F20B25"/>
     <w:rsid w:val="00F212F3"/>
     <w:rsid w:val="00F278C3"/>
     <w:rsid w:val="00F70C03"/>
     <w:rsid w:val="00F9084A"/>
     <w:rsid w:val="00FB3204"/>
     <w:rsid w:val="00FB6E40"/>
     <w:rsid w:val="00FC7421"/>
     <w:rsid w:val="00FD1CCB"/>
     <w:rsid w:val="00FD5BF8"/>
     <w:rsid w:val="00FE270A"/>
     <w:rsid w:val="00FF5083"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5121"/>
+    <o:shapedefaults v:ext="edit" spidmax="3073"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="71FE96F1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{0D4814DC-E6E5-416A-9AAF-796A103C3482}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -4610,56 +4524,56 @@
     <w:rsid w:val="001C3208"/>
     <w:pPr>
       <w:spacing w:after="400" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00601B3F"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00231CE0"/>
+    <w:rsid w:val="00885994"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="37"/>
       </w:numPr>
-      <w:ind w:left="720"/>
+      <w:ind w:left="0" w:firstLine="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006A5ABF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006A5ABF"/>
     <w:rPr>
       <w:sz w:val="24"/>
@@ -4915,95 +4829,85 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="State of Minnesota" id="{FBFFE991-EC03-4C0A-BAED-2F712C2A7AE7}" vid="{A476B202-42F1-4399-9BC8-98609D88DE2A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...5 lines deleted...]
-    <xsd:import namespace="74f58d23-bce5-4615-ba2d-d3abc19c0440"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BD677AB73F9FE94EB18DED32F14BEB6F" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d9695f958033c5e93079112b5d9777f6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c31cca69-e8b9-4fcd-9d9e-77fc13b0fb2b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8d273715e42661c0e9987d7333e379a0" ns2:_="">
+    <xsd:import namespace="c31cca69-e8b9-4fcd-9d9e-77fc13b0fb2b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="74f58d23-bce5-4615-ba2d-d3abc19c0440" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c31cca69-e8b9-4fcd-9d9e-77fc13b0fb2b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
-      </xsd:simpleType>
-[...3 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -5062,147 +4966,181 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{229CF3AA-6BC9-4DEF-8867-E5CE34321B42}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{10F23745-1169-4904-AB2B-AC21E735C485}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="74f58d23-bce5-4615-ba2d-d3abc19c0440"/>
+    <ds:schemaRef ds:uri="c31cca69-e8b9-4fcd-9d9e-77fc13b0fb2b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{841F4E3F-6124-4AB9-9D60-132214E57CD5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66940064-82FA-43C9-96DB-0E9B502DF966}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="c31cca69-e8b9-4fcd-9d9e-77fc13b0fb2b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="74f58d23-bce5-4615-ba2d-d3abc19c0440"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E4A2D7C-75AC-4F96-84B1-2C64281F371C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{eb14b046-24c4-4519-8f26-b89c2159828c}" enabled="0" method="" siteId="{eb14b046-24c4-4519-8f26-b89c2159828c}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>275</Words>
-  <Characters>1601</Characters>
+  <Words>300</Words>
+  <Characters>1764</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>3</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Rulemaking Manual Form for Order Adopting Exempt Rule</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of MN</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1873</CharactersWithSpaces>
+  <CharactersWithSpaces>2060</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Rulemaking Manual Form for Order Adopting Exempt Rule</dc:title>
   <dc:subject>Rulemaking Manual</dc:subject>
   <dc:creator>MDH Legal</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100EB4E6FADACF207438FDFB2E730FB97E4</vt:lpwstr>
+    <vt:lpwstr>0x010100BD677AB73F9FE94EB18DED32F14BEB6F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="xd_ProgID">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_SourceUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_SharedFileIndex">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TemplateUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="xd_Signature">
+    <vt:bool>false</vt:bool>
   </property>
 </Properties>
 </file>